--- v0 (2025-12-13)
+++ v1 (2026-03-21)
@@ -8,96 +8,96 @@
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="587435A6" w14:textId="0DB26B2C" w:rsidR="00CB3904" w:rsidRPr="00C26806" w:rsidRDefault="00CB3904" w:rsidP="00DD789C">
       <w:pPr>
         <w:pStyle w:val="Normln1"/>
         <w:spacing w:before="100" w:after="100" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rStyle w:val="Standardnpsmoodstavce1"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C26806">
         <w:rPr>
           <w:rStyle w:val="Standardnpsmoodstavce1"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Náz</w:t>
       </w:r>
       <w:r w:rsidR="00B8171C" w:rsidRPr="00C26806">
         <w:rPr>
           <w:rStyle w:val="Standardnpsmoodstavce1"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="00C26806">
         <w:rPr>
           <w:rStyle w:val="Standardnpsmoodstavce1"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>v</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="6AC8B791" w14:textId="3C3DA13E" w:rsidR="005500FC" w:rsidRPr="00C26806" w:rsidRDefault="00230F2B" w:rsidP="00DD789C">
+    <w:p w14:paraId="0D167EDD" w14:textId="20EA211E" w:rsidR="00CB3904" w:rsidRPr="00C26806" w:rsidRDefault="00230F2B" w:rsidP="00DD789C">
       <w:pPr>
         <w:pStyle w:val="Normln1"/>
         <w:spacing w:before="100" w:after="100" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rStyle w:val="Standardnpsmoodstavce1"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C26806">
         <w:rPr>
           <w:rStyle w:val="Standardnpsmoodstavce1"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Rennie</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C26806">
         <w:rPr>
           <w:rStyle w:val="Standardnpsmoodstavce1"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -133,178 +133,135 @@
         <w:t>pomaranča</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00B8171C" w:rsidRPr="00C26806">
         <w:rPr>
           <w:rStyle w:val="Standardnpsmoodstavce1"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00B8171C" w:rsidRPr="00C26806">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="sk"/>
         </w:rPr>
         <w:t>24 žuvacích tabliet</w:t>
       </w:r>
       <w:r w:rsidR="005500FC" w:rsidRPr="00C26806" w:rsidDel="005500FC">
         <w:rPr>
           <w:rStyle w:val="Standardnpsmoodstavce1"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="328C6932" w14:textId="182ECB20" w:rsidR="00B8171C" w:rsidRPr="00C26806" w:rsidRDefault="00B8171C" w:rsidP="00B8171C">
-[...83 lines deleted...]
-    <w:p w14:paraId="4FFBBA2D" w14:textId="22A6443B" w:rsidR="00B151D0" w:rsidRPr="00C26806" w:rsidRDefault="00B151D0" w:rsidP="00B151D0">
+    <w:p w14:paraId="52E83A27" w14:textId="77777777" w:rsidR="00C46A41" w:rsidRDefault="00C46A41" w:rsidP="00B151D0">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:bCs/>
-[...21 lines deleted...]
-    <w:p w14:paraId="4909068A" w14:textId="28992817" w:rsidR="00230F2B" w:rsidRPr="00C26806" w:rsidRDefault="00FA63F0" w:rsidP="00B151D0">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4FFBBA2D" w14:textId="510549AC" w:rsidR="00B151D0" w:rsidRPr="00C26806" w:rsidRDefault="00B151D0" w:rsidP="00B151D0">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C26806">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C26806">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Dlhý</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C26806">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> opis</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24731E6E" w14:textId="77777777" w:rsidR="00230F2B" w:rsidRPr="00C26806" w:rsidRDefault="00230F2B" w:rsidP="00B151D0">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4909068A" w14:textId="3C998F44" w:rsidR="00230F2B" w:rsidRPr="00C26806" w:rsidRDefault="00A84A42" w:rsidP="00B151D0">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C26806">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidR="00230F2B" w:rsidRPr="00C26806">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>pis</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA63F0" w:rsidRPr="00C26806">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A12EA38" w14:textId="77777777" w:rsidR="000027BB" w:rsidRPr="00C26806" w:rsidRDefault="000027BB" w:rsidP="000027BB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C26806">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:lang w:val="sk"/>
         </w:rPr>
         <w:t>Pálenie záhy? Tiež to poznáte? A ako sa prejavuje u vás?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12B010C2" w14:textId="77777777" w:rsidR="000027BB" w:rsidRPr="00C26806" w:rsidRDefault="000027BB" w:rsidP="000027BB">
@@ -1432,76 +1389,97 @@
           <w:bCs/>
         </w:rPr>
         <w:t>Video (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C26806">
         <w:rPr>
           <w:rStyle w:val="Standardnpsmoodstavce1"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Youtube</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C26806">
         <w:rPr>
           <w:rStyle w:val="Standardnpsmoodstavce1"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E5E94F8" w14:textId="577A3DFF" w:rsidR="000027BB" w:rsidRPr="00C26806" w:rsidRDefault="00832639" w:rsidP="00FA63F0">
+    <w:p w14:paraId="0E5E94F8" w14:textId="577A3DFF" w:rsidR="000027BB" w:rsidRPr="00C26806" w:rsidRDefault="000027BB" w:rsidP="00FA63F0">
       <w:pPr>
         <w:spacing w:before="100" w:after="100"/>
         <w:rPr>
           <w:rStyle w:val="Standardnpsmoodstavce1"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidR="000027BB" w:rsidRPr="00C26806">
+        <w:r w:rsidRPr="00C26806">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>Rennie</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
-        <w:r w:rsidR="000027BB" w:rsidRPr="00C26806">
+        <w:r w:rsidRPr="00C26806">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
           </w:rPr>
-          <w:t xml:space="preserve"> SK - YouTube</w:t>
+          <w:t xml:space="preserve"> </w:t>
         </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="00C26806">
+          <w:rPr>
+            <w:rStyle w:val="Hypertextovodkaz"/>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>SK - YouTube</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
       </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="61649BAA" w14:textId="77777777" w:rsidR="004762A8" w:rsidRPr="00C26806" w:rsidRDefault="004762A8" w:rsidP="00DD789C">
+      <w:pPr>
+        <w:pStyle w:val="Normln1"/>
+        <w:spacing w:before="100" w:after="100" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="Standardnpsmoodstavce1"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="0193B86B" w14:textId="77777777" w:rsidR="00C24D37" w:rsidRPr="00C26806" w:rsidRDefault="00C24D37" w:rsidP="00DD789C">
       <w:pPr>
         <w:pStyle w:val="Normln1"/>
         <w:spacing w:before="100" w:after="100" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Standardnpsmoodstavce1"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4A8B827D" w14:textId="1E2155E7" w:rsidR="005148B9" w:rsidRPr="00C26806" w:rsidRDefault="005148B9" w:rsidP="00DD789C">
       <w:pPr>
         <w:pStyle w:val="Normln1"/>
         <w:spacing w:before="100" w:after="100" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Standardnpsmoodstavce1"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
@@ -2602,51 +2580,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> tento </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C26806">
         <w:rPr>
           <w:rStyle w:val="cf01"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>liek</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C26806">
         <w:rPr>
           <w:rStyle w:val="cf01"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C7F365A" w14:textId="77777777" w:rsidR="0081531E" w:rsidRPr="00C26806" w:rsidRDefault="0081531E" w:rsidP="00DD789C">
+    <w:p w14:paraId="797DA1FE" w14:textId="77777777" w:rsidR="00EB21A8" w:rsidRPr="00C26806" w:rsidRDefault="00EB21A8" w:rsidP="00DD789C">
       <w:pPr>
         <w:pStyle w:val="Normln1"/>
         <w:spacing w:before="100" w:after="100" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Standardnpsmoodstavce1"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="09BBEF56" w14:textId="3571C7DA" w:rsidR="00DD789C" w:rsidRPr="00C26806" w:rsidRDefault="00DD789C" w:rsidP="00DD789C">
       <w:pPr>
         <w:pStyle w:val="Normln1"/>
         <w:spacing w:before="100" w:after="100" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Standardnpsmoodstavce1"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C26806">
         <w:rPr>
@@ -2699,88 +2677,88 @@
         <w:rPr>
           <w:rStyle w:val="Standardnpsmoodstavce1"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>balenia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="177A4FF7" w14:textId="77777777" w:rsidR="000027BB" w:rsidRPr="00C26806" w:rsidRDefault="000027BB" w:rsidP="000027BB">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:beforeAutospacing="1" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C26806">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="sk"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">24 žuvacích tabliet </w:t>
       </w:r>
       <w:r w:rsidRPr="00C26806">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00C26806">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="sk"/>
         </w:rPr>
         <w:t xml:space="preserve">48 žuvacích tabliet </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73345BCA" w14:textId="47666242" w:rsidR="00555B9E" w:rsidRPr="00C26806" w:rsidRDefault="000027BB">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Standardnpsmoodstavce1"/>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C26806">
         <w:rPr>
           <w:rStyle w:val="Standardnpsmoodstavce1"/>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Zloženie</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="6BF3A1F1" w14:textId="77777777" w:rsidR="000027BB" w:rsidRPr="00C26806" w:rsidRDefault="000027BB" w:rsidP="000027BB">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="sk"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C26806">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="sk"/>
         </w:rPr>
         <w:t xml:space="preserve">Každá tableta obsahuje 680 mg uhličitanu vápenatého, 80 mg, zásaditého, ťažkého uhličitanu </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C26806">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="sk"/>
         </w:rPr>
@@ -3273,196 +3251,190 @@
       <w:r w:rsidR="004E3202" w:rsidRPr="00C26806">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>tabliet</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="004E3202" w:rsidRPr="00C26806">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> naraz.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1653FD2D" w14:textId="77777777" w:rsidR="00230F2B" w:rsidRPr="00C26806" w:rsidRDefault="00230F2B" w:rsidP="00230F2B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="75BCE6D9" w14:textId="77777777" w:rsidR="00B23057" w:rsidRPr="00C26806" w:rsidRDefault="00B23057" w:rsidP="00B23057">
-[...12 lines deleted...]
-    <w:p w14:paraId="1ECA64EC" w14:textId="413B714D" w:rsidR="00462D37" w:rsidRPr="00C26806" w:rsidRDefault="00462D37" w:rsidP="008354A3">
+    <w:p w14:paraId="1ECA64EC" w14:textId="3F629D9D" w:rsidR="00462D37" w:rsidRPr="00C26806" w:rsidRDefault="008773EF" w:rsidP="008354A3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Standardnpsmoodstavce1"/>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="008773EF">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>CH-20260204-34</w:t>
+      </w:r>
     </w:p>
     <w:sectPr w:rsidR="00462D37" w:rsidRPr="00C26806">
       <w:footerReference w:type="even" r:id="rId13"/>
       <w:footerReference w:type="default" r:id="rId14"/>
       <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="37B7620D" w14:textId="77777777" w:rsidR="00DC1712" w:rsidRDefault="00DC1712" w:rsidP="00E70002">
+    <w:p w14:paraId="44951332" w14:textId="77777777" w:rsidR="001300E6" w:rsidRDefault="001300E6" w:rsidP="00E70002">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="632BC7F5" w14:textId="77777777" w:rsidR="00DC1712" w:rsidRDefault="00DC1712" w:rsidP="00E70002">
+    <w:p w14:paraId="0C90CFA8" w14:textId="77777777" w:rsidR="001300E6" w:rsidRDefault="001300E6" w:rsidP="00E70002">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7FD5DF44" w14:textId="77777777" w:rsidR="00DC1712" w:rsidRDefault="00DC1712">
+    <w:p w14:paraId="51BBD076" w14:textId="77777777" w:rsidR="001300E6" w:rsidRDefault="001300E6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="69857E55" w14:textId="54194591" w:rsidR="00E70002" w:rsidRDefault="00E70002">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="688EA6B6" wp14:editId="75144EB5">
               <wp:simplePos x="635" y="635"/>
               <wp:positionH relativeFrom="page">
                 <wp:align>right</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:align>bottom</wp:align>
               </wp:positionV>
               <wp:extent cx="443865" cy="443865"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="2" name="Text Box 2" descr="RESTRICTED">
                 <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
@@ -3548,51 +3520,51 @@
                     </w:pPr>
                     <w:r w:rsidRPr="000A0802">
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:noProof/>
                         <w:color w:val="FF8939"/>
                         <w:sz w:val="44"/>
                         <w:szCs w:val="44"/>
                       </w:rPr>
                       <w:t>RESTRICTED</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2BE0D5BF" w14:textId="09B24C15" w:rsidR="00E70002" w:rsidRDefault="00E70002">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="181D7914" wp14:editId="43270D0B">
               <wp:simplePos x="635" y="635"/>
               <wp:positionH relativeFrom="page">
                 <wp:align>right</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:align>bottom</wp:align>
               </wp:positionV>
               <wp:extent cx="443865" cy="443865"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="3" name="Text Box 3" descr="RESTRICTED">
                 <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
@@ -3678,51 +3650,51 @@
                     </w:pPr>
                     <w:r w:rsidRPr="000A0802">
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:noProof/>
                         <w:color w:val="FF8939"/>
                         <w:sz w:val="44"/>
                         <w:szCs w:val="44"/>
                       </w:rPr>
                       <w:t>RESTRICTED</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="62E2057E" w14:textId="38082E60" w:rsidR="00E70002" w:rsidRDefault="00E70002">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2CE7E4EE" wp14:editId="2C37F5A4">
               <wp:simplePos x="635" y="635"/>
               <wp:positionH relativeFrom="page">
                 <wp:align>right</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:align>bottom</wp:align>
               </wp:positionV>
               <wp:extent cx="443865" cy="443865"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="1" name="Text Box 1" descr="RESTRICTED">
                 <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
@@ -3808,83 +3780,83 @@
                     </w:pPr>
                     <w:r w:rsidRPr="000A0802">
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:noProof/>
                         <w:color w:val="FF8939"/>
                         <w:sz w:val="44"/>
                         <w:szCs w:val="44"/>
                       </w:rPr>
                       <w:t>RESTRICTED</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="50D8FD1E" w14:textId="77777777" w:rsidR="00DC1712" w:rsidRDefault="00DC1712" w:rsidP="00E70002">
+    <w:p w14:paraId="20F62653" w14:textId="77777777" w:rsidR="001300E6" w:rsidRDefault="001300E6" w:rsidP="00E70002">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="745D1971" w14:textId="77777777" w:rsidR="00DC1712" w:rsidRDefault="00DC1712" w:rsidP="00E70002">
+    <w:p w14:paraId="23E7495F" w14:textId="77777777" w:rsidR="001300E6" w:rsidRDefault="001300E6" w:rsidP="00E70002">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="22BF48D0" w14:textId="77777777" w:rsidR="00DC1712" w:rsidRDefault="00DC1712">
+    <w:p w14:paraId="5DA65BFD" w14:textId="77777777" w:rsidR="001300E6" w:rsidRDefault="001300E6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0CC06491"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C5D29834"/>
     <w:lvl w:ilvl="0" w:tplc="F3F0EF84">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="­"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04050003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -5439,244 +5411,251 @@
   <w:num w:numId="8" w16cid:durableId="394134316">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="15082335">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="433866890">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="2101369834">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1460804281">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="2019115834">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="2064135279">
     <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00677C6E"/>
     <w:rsid w:val="000027BB"/>
     <w:rsid w:val="000072ED"/>
     <w:rsid w:val="00064376"/>
     <w:rsid w:val="00064A7F"/>
     <w:rsid w:val="00095837"/>
     <w:rsid w:val="000A0802"/>
     <w:rsid w:val="000B4F2E"/>
     <w:rsid w:val="001035EA"/>
     <w:rsid w:val="001064E3"/>
     <w:rsid w:val="001076E0"/>
     <w:rsid w:val="00114275"/>
+    <w:rsid w:val="001300E6"/>
     <w:rsid w:val="00167C8C"/>
     <w:rsid w:val="00177657"/>
     <w:rsid w:val="00180E27"/>
     <w:rsid w:val="001B1484"/>
     <w:rsid w:val="001C7285"/>
     <w:rsid w:val="001D5279"/>
     <w:rsid w:val="002051C1"/>
     <w:rsid w:val="00223028"/>
     <w:rsid w:val="00224FEB"/>
     <w:rsid w:val="00230F2B"/>
     <w:rsid w:val="00232480"/>
     <w:rsid w:val="00245B95"/>
     <w:rsid w:val="002542EF"/>
     <w:rsid w:val="00285135"/>
     <w:rsid w:val="002D5251"/>
     <w:rsid w:val="002E58D9"/>
     <w:rsid w:val="003858D2"/>
+    <w:rsid w:val="0039127C"/>
     <w:rsid w:val="003B095E"/>
     <w:rsid w:val="003B109F"/>
     <w:rsid w:val="003B1A47"/>
     <w:rsid w:val="003F0E9A"/>
     <w:rsid w:val="004041FF"/>
     <w:rsid w:val="00462D37"/>
     <w:rsid w:val="004762A8"/>
     <w:rsid w:val="004B2B04"/>
     <w:rsid w:val="004E3202"/>
     <w:rsid w:val="004E751C"/>
     <w:rsid w:val="0050648C"/>
     <w:rsid w:val="005148B9"/>
     <w:rsid w:val="005177C2"/>
     <w:rsid w:val="00534A84"/>
     <w:rsid w:val="00535F80"/>
     <w:rsid w:val="005500FC"/>
     <w:rsid w:val="00555B9E"/>
     <w:rsid w:val="00565966"/>
     <w:rsid w:val="00567965"/>
     <w:rsid w:val="00592543"/>
     <w:rsid w:val="005A2124"/>
     <w:rsid w:val="005A2B03"/>
     <w:rsid w:val="005A3ED3"/>
     <w:rsid w:val="005B2402"/>
     <w:rsid w:val="00630E46"/>
     <w:rsid w:val="00647B6F"/>
+    <w:rsid w:val="00662620"/>
     <w:rsid w:val="00677C6E"/>
     <w:rsid w:val="00685FFF"/>
     <w:rsid w:val="00731FD9"/>
     <w:rsid w:val="00732F2D"/>
     <w:rsid w:val="007C3092"/>
     <w:rsid w:val="007C66FA"/>
     <w:rsid w:val="007C7553"/>
     <w:rsid w:val="007E579A"/>
     <w:rsid w:val="00804856"/>
-    <w:rsid w:val="0081531E"/>
-    <w:rsid w:val="00832639"/>
     <w:rsid w:val="008354A3"/>
     <w:rsid w:val="00854661"/>
+    <w:rsid w:val="008773EF"/>
     <w:rsid w:val="008B5473"/>
     <w:rsid w:val="008E3F7E"/>
     <w:rsid w:val="0090162A"/>
     <w:rsid w:val="00903CEC"/>
     <w:rsid w:val="00927799"/>
     <w:rsid w:val="0093475A"/>
+    <w:rsid w:val="0096298A"/>
     <w:rsid w:val="009A555E"/>
     <w:rsid w:val="009D4218"/>
     <w:rsid w:val="009E0AB8"/>
     <w:rsid w:val="009F4D15"/>
     <w:rsid w:val="00A140FC"/>
     <w:rsid w:val="00A421B0"/>
     <w:rsid w:val="00A71732"/>
     <w:rsid w:val="00A84A42"/>
     <w:rsid w:val="00A92F80"/>
     <w:rsid w:val="00A94F48"/>
     <w:rsid w:val="00A95A93"/>
     <w:rsid w:val="00AA540A"/>
     <w:rsid w:val="00AC4C38"/>
     <w:rsid w:val="00AC61C5"/>
     <w:rsid w:val="00AE23C9"/>
     <w:rsid w:val="00AF412A"/>
     <w:rsid w:val="00B151D0"/>
     <w:rsid w:val="00B22D06"/>
     <w:rsid w:val="00B23057"/>
     <w:rsid w:val="00B25D13"/>
     <w:rsid w:val="00B3417D"/>
     <w:rsid w:val="00B446B6"/>
     <w:rsid w:val="00B57F1F"/>
     <w:rsid w:val="00B77518"/>
     <w:rsid w:val="00B8171C"/>
     <w:rsid w:val="00B92595"/>
     <w:rsid w:val="00BB6514"/>
     <w:rsid w:val="00BD0314"/>
     <w:rsid w:val="00BF54DD"/>
     <w:rsid w:val="00C24D37"/>
     <w:rsid w:val="00C26806"/>
     <w:rsid w:val="00C34E09"/>
     <w:rsid w:val="00C410DB"/>
+    <w:rsid w:val="00C46A41"/>
     <w:rsid w:val="00C72D6B"/>
     <w:rsid w:val="00C752C3"/>
     <w:rsid w:val="00CB3904"/>
     <w:rsid w:val="00CF7461"/>
     <w:rsid w:val="00DA5C5C"/>
     <w:rsid w:val="00DC1712"/>
     <w:rsid w:val="00DD789C"/>
     <w:rsid w:val="00E14840"/>
     <w:rsid w:val="00E20D1F"/>
     <w:rsid w:val="00E33500"/>
     <w:rsid w:val="00E56C24"/>
+    <w:rsid w:val="00E651F4"/>
     <w:rsid w:val="00E70002"/>
     <w:rsid w:val="00E73E61"/>
     <w:rsid w:val="00E93C7F"/>
     <w:rsid w:val="00E9516F"/>
     <w:rsid w:val="00EA7A08"/>
     <w:rsid w:val="00EB21A8"/>
+    <w:rsid w:val="00EC4268"/>
     <w:rsid w:val="00EF5F97"/>
     <w:rsid w:val="00F231D8"/>
     <w:rsid w:val="00F51364"/>
     <w:rsid w:val="00F53F42"/>
     <w:rsid w:val="00F55F8D"/>
     <w:rsid w:val="00F71F34"/>
+    <w:rsid w:val="00F73009"/>
     <w:rsid w:val="00F80EEB"/>
     <w:rsid w:val="00F816CA"/>
     <w:rsid w:val="00FA63F0"/>
     <w:rsid w:val="00FB1D6E"/>
     <w:rsid w:val="00FD0E4A"/>
     <w:rsid w:val="00FE6C10"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="4052CAB6"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{989A58E3-DD49-443C-BEB2-77DD00EC785D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="cs-CZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -6274,51 +6253,51 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ZhlavChar">
     <w:name w:val="Záhlaví Char"/>
     <w:basedOn w:val="Standardnpsmoodstavce"/>
     <w:link w:val="Zhlav"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00EA7A08"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="cf01">
     <w:name w:val="cf01"/>
     <w:basedOn w:val="Standardnpsmoodstavce"/>
     <w:rsid w:val="00A421B0"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI" w:hint="default"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="12417807">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="134689242">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -6663,50 +6642,73 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="1a4d292e-883c-434b-96e3-060cfff16c86" xsi:nil="true"/>
+    <_dlc_ExpireDateSaved xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="0655de67-c432-4bc8-bb8a-c3875dece497">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <_dlc_ExpireDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_dlc_Exempt xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100580E9BDBB5BFA146841ABE9567AC6643" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="253096907a8feddb0944e5aa8e95040d">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="1a4d292e-883c-434b-96e3-060cfff16c86" xmlns:ns3="0655de67-c432-4bc8-bb8a-c3875dece497" xmlns:ns4="16173a78-c7ed-4a0d-8bf9-cfebc9be2199" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e0236f27e07ab3d1a79f159c0bd097a1" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="1a4d292e-883c-434b-96e3-060cfff16c86"/>
     <xsd:import namespace="0655de67-c432-4bc8-bb8a-c3875dece497"/>
     <xsd:import namespace="16173a78-c7ed-4a0d-8bf9-cfebc9be2199"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAllLabel" minOccurs="0"/>
                 <xsd:element ref="ns1:_dlc_Exempt" minOccurs="0"/>
                 <xsd:element ref="ns1:_dlc_ExpireDateSaved" minOccurs="0"/>
                 <xsd:element ref="ns1:_dlc_ExpireDate" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
@@ -6937,171 +6939,148 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <SharedContentType xmlns="Microsoft.SharePoint.Taxonomy.ContentTypeSync" SourceId="7bc43322-b630-4bac-8b27-31def233d1d0" ContentTypeId="0x0101" PreviousValue="false"/>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A477D600-075A-4C38-B1F7-39CA0DAC809B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...10 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F5B08835-F252-4F23-B46D-C0BEEC53A285}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="1a4d292e-883c-434b-96e3-060cfff16c86"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="0655de67-c432-4bc8-bb8a-c3875dece497"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1D8C10AC-A87C-4495-8F78-4FFA3BB47FF3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="1a4d292e-883c-434b-96e3-060cfff16c86"/>
     <ds:schemaRef ds:uri="0655de67-c432-4bc8-bb8a-c3875dece497"/>
     <ds:schemaRef ds:uri="16173a78-c7ed-4a0d-8bf9-cfebc9be2199"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C75E55E2-8941-4856-A3D3-D90B1E3FB2BF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="Microsoft.SharePoint.Taxonomy.ContentTypeSync"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...18 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>630</Words>
-  <Characters>3620</Characters>
+  <Words>609</Words>
+  <Characters>3595</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>103</Lines>
-  <Paragraphs>63</Paragraphs>
+  <Lines>29</Lines>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Názov</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4187</CharactersWithSpaces>
+  <CharactersWithSpaces>4196</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="12" baseType="variant">
       <vt:variant>
         <vt:i4>8323106</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.rennie.cz/paleni-zahy-v-tehotenstvi</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>983071</vt:i4>
       </vt:variant>
       <vt:variant>